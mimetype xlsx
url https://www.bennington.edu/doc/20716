--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -1,136 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\Business Office\Forms\Business Office Publicly Available Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{843A45BA-38B3-4E1E-B370-616EA8EC5F62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D336F591-F28D-4E64-8F76-A0CCD85AA0BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="22620" windowHeight="13500" tabRatio="202" xr2:uid="{E88ED916-8971-4021-B47B-4FE7451D9192}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="202" xr2:uid="{E88ED916-8971-4021-B47B-4FE7451D9192}"/>
   </bookViews>
   <sheets>
     <sheet name="expense report" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B9" i="1" l="1"/>
-  <c r="D20" i="1"/>
+  <c r="D20" i="1" l="1"/>
   <c r="C25" i="1"/>
   <c r="D24" i="1"/>
   <c r="D23" i="1"/>
   <c r="D22" i="1"/>
   <c r="D21" i="1"/>
   <c r="D19" i="1"/>
   <c r="D18" i="1"/>
   <c r="D17" i="1"/>
   <c r="D16" i="1"/>
   <c r="J25" i="1"/>
   <c r="I25" i="1"/>
   <c r="H25" i="1"/>
   <c r="G25" i="1"/>
   <c r="F25" i="1"/>
   <c r="E25" i="1"/>
   <c r="D25" i="1" l="1"/>
-  <c r="B8" i="1" s="1"/>
+  <c r="B8" i="1" l="1"/>
+  <c r="B9" i="1"/>
   <c r="B10" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="32">
   <si>
     <t>TOTALS</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Total Expenses Incurred</t>
   </si>
   <si>
     <t>Train</t>
   </si>
   <si>
     <t>Business Purpose of Expense</t>
   </si>
   <si>
     <t>Conferences, Seminars, Training</t>
   </si>
   <si>
     <t>Ground Transportation (Subway, Bus, Taxi, Car Rental)</t>
   </si>
   <si>
-    <t>Misc. Travel (Lodging, Meals, Tools, Parking, Gas)</t>
-[...1 lines deleted...]
-  <si>
     <t>Amount 
 Per Mile *</t>
   </si>
   <si>
     <t>Total Due To Employee</t>
   </si>
   <si>
     <t>as appropriate:</t>
   </si>
   <si>
     <t>Hold for ACH Info, Then Direct Deposit</t>
   </si>
   <si>
     <t>RegularACH/Check Processing - 2-10 Day Timeline</t>
   </si>
   <si>
     <t>Please mark,</t>
   </si>
   <si>
     <t>Airfare</t>
   </si>
   <si>
     <t xml:space="preserve">  * IRS Notice 2014-79: The standard mileage rate for business travel is based on an annual study of the fixed and variable costs of operating an automobile, including depreciation, insurance, repairs, tires, maintenance, gas, and oil.</t>
   </si>
   <si>
@@ -156,60 +153,64 @@
   </si>
   <si>
     <t>Physical Check Needed - Mailed</t>
   </si>
   <si>
     <t xml:space="preserve">         (if needed)</t>
   </si>
   <si>
     <t xml:space="preserve">Mailing Address </t>
   </si>
   <si>
     <t>Personal Auto Miles
 Driven</t>
   </si>
   <si>
     <t>Authorized Supervisor:</t>
   </si>
   <si>
     <t>Requestor:</t>
   </si>
   <si>
     <t>Printed Names and Signatures Required</t>
   </si>
   <si>
     <t>Less Advance</t>
+  </si>
+  <si>
+    <t>Misc. Travel (Lodging, Meals, Tolls, Parking, Gas)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="165" formatCode="_(&quot;$&quot;* #,##0.000_);_(&quot;$&quot;* \(#,##0.000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Palatino Linotype"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Palatino Linotype"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
@@ -649,51 +650,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="83">
+  <cellXfs count="80">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -716,153 +717,148 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="44" fontId="11" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="6" fillId="2" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
@@ -1221,599 +1217,598 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A34102B7-4CCC-437D-9167-07AD69831823}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="60" zoomScaleNormal="60" zoomScaleSheetLayoutView="38" workbookViewId="0">
-      <selection activeCell="A10" sqref="A10"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A3" zoomScale="60" zoomScaleNormal="60" zoomScaleSheetLayoutView="38" workbookViewId="0">
+      <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="30.81640625" style="2" customWidth="1"/>
     <col min="2" max="2" width="77.08984375" style="2" customWidth="1"/>
     <col min="3" max="3" width="15.453125" style="2" customWidth="1"/>
     <col min="4" max="4" width="11.81640625" style="2" customWidth="1"/>
     <col min="5" max="5" width="15" style="2" customWidth="1"/>
     <col min="6" max="6" width="14.453125" style="2" customWidth="1"/>
     <col min="7" max="7" width="16" style="2" customWidth="1"/>
     <col min="8" max="10" width="14.453125" style="2" customWidth="1"/>
     <col min="11" max="11" width="21" style="2" customWidth="1"/>
     <col min="12" max="16384" width="9.08984375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="15" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="13"/>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
       <c r="I1" s="13"/>
       <c r="J1" s="14"/>
     </row>
     <row r="2" spans="1:13" s="15" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A2" s="12" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B2" s="13"/>
       <c r="C2" s="13"/>
       <c r="D2" s="13"/>
       <c r="E2" s="14" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F2" s="36"/>
+        <v>13</v>
+      </c>
+      <c r="F2" s="35"/>
       <c r="G2" s="16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I2" s="13"/>
       <c r="J2" s="14"/>
     </row>
     <row r="3" spans="1:13" s="17" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A3" s="12" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C3" s="18"/>
       <c r="D3" s="8"/>
       <c r="E3" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="36"/>
+      <c r="G3" s="16" t="s">
         <v>11</v>
-      </c>
-[...2 lines deleted...]
-        <v>12</v>
       </c>
       <c r="I3" s="8"/>
     </row>
     <row r="4" spans="1:13" s="17" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.5">
       <c r="C4" s="19"/>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
-      <c r="F4" s="37"/>
+      <c r="F4" s="36"/>
       <c r="G4" s="16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
     </row>
     <row r="5" spans="1:13" s="17" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A5" s="22" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="B5" s="33"/>
+        <v>18</v>
+      </c>
+      <c r="B5" s="32"/>
       <c r="D5" s="8"/>
-      <c r="E5" s="51"/>
-[...4 lines deleted...]
-      <c r="J5" s="51"/>
+      <c r="E5" s="8"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="16"/>
+      <c r="H5" s="8"/>
+      <c r="I5" s="8"/>
+      <c r="J5" s="8"/>
     </row>
     <row r="6" spans="1:13" s="17" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="21" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="B6" s="34"/>
+        <v>25</v>
+      </c>
+      <c r="B6" s="33"/>
       <c r="D6" s="8"/>
-      <c r="E6" s="51"/>
-[...4 lines deleted...]
-      <c r="J6" s="51"/>
+      <c r="E6" s="8"/>
+      <c r="F6" s="41"/>
+      <c r="G6" s="16"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
     </row>
     <row r="7" spans="1:13" s="17" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A7" s="21" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="B7" s="35"/>
+        <v>24</v>
+      </c>
+      <c r="B7" s="34"/>
       <c r="C7" s="5"/>
       <c r="D7" s="8"/>
-      <c r="E7" s="51"/>
+      <c r="E7" s="8"/>
       <c r="F7" s="22" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="J7" s="43"/>
+        <v>22</v>
+      </c>
+      <c r="G7" s="78"/>
+      <c r="H7" s="78"/>
+      <c r="I7" s="78"/>
+      <c r="J7" s="78"/>
     </row>
     <row r="8" spans="1:13" s="17" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="21" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="24">
         <f>SUM(D26:J26)</f>
         <v>0</v>
       </c>
       <c r="C8" s="8"/>
-      <c r="E8" s="54"/>
       <c r="F8" s="22" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="J8" s="43"/>
+        <v>21</v>
+      </c>
+      <c r="G8" s="78"/>
+      <c r="H8" s="78"/>
+      <c r="I8" s="78"/>
+      <c r="J8" s="78"/>
     </row>
     <row r="9" spans="1:13" s="17" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="21" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B9" s="24">
         <f>SUM(D25:J25)</f>
         <v>0</v>
       </c>
       <c r="C9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
     </row>
     <row r="10" spans="1:13" s="17" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A10" s="22" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B10" s="23">
         <f>SUM(B8:B9)</f>
         <v>0</v>
       </c>
       <c r="C10" s="10"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
     </row>
     <row r="11" spans="1:13" s="17" customFormat="1" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A11" s="22"/>
       <c r="B11" s="25"/>
       <c r="C11" s="10"/>
       <c r="D11" s="10"/>
       <c r="E11" s="10"/>
       <c r="F11" s="10"/>
       <c r="G11" s="10"/>
       <c r="H11" s="10"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
     </row>
     <row r="12" spans="1:13" s="17" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A12" s="60"/>
-[...7 lines deleted...]
-      <c r="E12" s="46" t="s">
+      <c r="A12" s="43"/>
+      <c r="B12" s="42"/>
+      <c r="C12" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="67" t="s">
         <v>8</v>
       </c>
+      <c r="E12" s="67" t="s">
+        <v>31</v>
+      </c>
       <c r="F12" s="30"/>
-      <c r="G12" s="46" t="s">
+      <c r="G12" s="67" t="s">
         <v>7</v>
       </c>
       <c r="H12" s="30"/>
-      <c r="I12" s="46" t="s">
+      <c r="I12" s="67" t="s">
         <v>6</v>
       </c>
       <c r="J12" s="31"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
     </row>
     <row r="13" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="26"/>
       <c r="B13" s="26"/>
-      <c r="C13" s="59"/>
-[...6 lines deleted...]
-      <c r="H13" s="44" t="s">
+      <c r="C13" s="73"/>
+      <c r="D13" s="76"/>
+      <c r="E13" s="70"/>
+      <c r="F13" s="65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" s="68"/>
+      <c r="H13" s="65" t="s">
         <v>4</v>
       </c>
-      <c r="I13" s="49"/>
-      <c r="J13" s="44" t="s">
+      <c r="I13" s="70"/>
+      <c r="J13" s="65" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="31" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A14" s="61" t="s">
+      <c r="A14" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="B14" s="61" t="s">
+      <c r="B14" s="44" t="s">
         <v>5</v>
       </c>
-      <c r="C14" s="56"/>
-[...8 lines deleted...]
-      <c r="J14" s="45"/>
+      <c r="C14" s="74"/>
+      <c r="D14" s="79">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="E14" s="71"/>
+      <c r="F14" s="66"/>
+      <c r="G14" s="69"/>
+      <c r="H14" s="66"/>
+      <c r="I14" s="71"/>
+      <c r="J14" s="66"/>
     </row>
     <row r="15" spans="1:13" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A15" s="27"/>
-      <c r="C15" s="57"/>
+      <c r="C15" s="75"/>
       <c r="D15" s="28">
         <v>5554</v>
       </c>
       <c r="E15" s="29">
         <v>5550</v>
       </c>
       <c r="F15" s="29">
         <v>5551</v>
       </c>
       <c r="G15" s="29">
         <v>5552</v>
       </c>
       <c r="H15" s="29">
         <v>5553</v>
       </c>
       <c r="I15" s="28">
         <v>5555</v>
       </c>
       <c r="J15" s="4"/>
     </row>
     <row r="16" spans="1:13" ht="25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A16" s="72"/>
-[...11 lines deleted...]
-      <c r="J16" s="75"/>
+      <c r="A16" s="54"/>
+      <c r="B16" s="45"/>
+      <c r="C16" s="48"/>
+      <c r="D16" s="49">
+        <f t="shared" ref="D16:D24" si="0">C16*$D$14</f>
+        <v>0</v>
+      </c>
+      <c r="E16" s="55"/>
+      <c r="F16" s="56"/>
+      <c r="G16" s="56"/>
+      <c r="H16" s="56"/>
+      <c r="I16" s="56"/>
+      <c r="J16" s="57"/>
       <c r="K16" s="17"/>
       <c r="L16" s="17"/>
       <c r="M16" s="17"/>
     </row>
     <row r="17" spans="1:13" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A17" s="76"/>
-[...6 lines deleted...]
-      <c r="E17" s="65"/>
+      <c r="A17" s="58"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="50"/>
+      <c r="D17" s="51">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E17" s="47"/>
       <c r="F17" s="20"/>
       <c r="G17" s="20"/>
       <c r="H17" s="20"/>
       <c r="I17" s="20"/>
-      <c r="J17" s="77"/>
+      <c r="J17" s="59"/>
     </row>
     <row r="18" spans="1:13" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A18" s="76"/>
-[...6 lines deleted...]
-      <c r="E18" s="65"/>
+      <c r="A18" s="58"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="50"/>
+      <c r="D18" s="51">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E18" s="47"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="20"/>
       <c r="I18" s="20"/>
-      <c r="J18" s="77"/>
+      <c r="J18" s="59"/>
     </row>
     <row r="19" spans="1:13" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A19" s="76"/>
-[...6 lines deleted...]
-      <c r="E19" s="65"/>
+      <c r="A19" s="58"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="50"/>
+      <c r="D19" s="51">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E19" s="47"/>
       <c r="F19" s="20"/>
       <c r="G19" s="20"/>
       <c r="H19" s="20"/>
       <c r="I19" s="20"/>
-      <c r="J19" s="77"/>
+      <c r="J19" s="59"/>
     </row>
     <row r="20" spans="1:13" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A20" s="76"/>
-[...6 lines deleted...]
-      <c r="E20" s="65"/>
+      <c r="A20" s="58"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="50"/>
+      <c r="D20" s="51">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E20" s="47"/>
       <c r="F20" s="20"/>
       <c r="G20" s="20"/>
       <c r="H20" s="20"/>
       <c r="I20" s="20"/>
-      <c r="J20" s="77"/>
+      <c r="J20" s="59"/>
     </row>
     <row r="21" spans="1:13" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A21" s="76"/>
-[...6 lines deleted...]
-      <c r="E21" s="65"/>
+      <c r="A21" s="58"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="50"/>
+      <c r="D21" s="51">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E21" s="47"/>
       <c r="F21" s="20"/>
       <c r="G21" s="20"/>
       <c r="H21" s="20"/>
       <c r="I21" s="20"/>
-      <c r="J21" s="77"/>
+      <c r="J21" s="59"/>
     </row>
     <row r="22" spans="1:13" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A22" s="76"/>
-[...6 lines deleted...]
-      <c r="E22" s="65"/>
+      <c r="A22" s="58"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="50"/>
+      <c r="D22" s="51">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E22" s="47"/>
       <c r="F22" s="20"/>
       <c r="G22" s="20"/>
       <c r="H22" s="20"/>
       <c r="I22" s="20"/>
-      <c r="J22" s="77"/>
+      <c r="J22" s="59"/>
     </row>
     <row r="23" spans="1:13" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A23" s="76"/>
-[...6 lines deleted...]
-      <c r="E23" s="65"/>
+      <c r="A23" s="58"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="50"/>
+      <c r="D23" s="51">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E23" s="47"/>
       <c r="F23" s="20"/>
       <c r="G23" s="20"/>
       <c r="H23" s="20"/>
       <c r="I23" s="20"/>
-      <c r="J23" s="77"/>
+      <c r="J23" s="59"/>
     </row>
     <row r="24" spans="1:13" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A24" s="76"/>
-[...6 lines deleted...]
-      <c r="E24" s="65"/>
+      <c r="A24" s="58"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="50"/>
+      <c r="D24" s="51">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E24" s="47"/>
       <c r="F24" s="20"/>
       <c r="G24" s="20"/>
       <c r="H24" s="20"/>
       <c r="I24" s="20"/>
-      <c r="J24" s="77"/>
+      <c r="J24" s="59"/>
       <c r="K24" s="11"/>
     </row>
     <row r="25" spans="1:13" s="17" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A25" s="78" t="s">
-[...3 lines deleted...]
-      <c r="C25" s="70">
+      <c r="A25" s="60" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="61"/>
+      <c r="C25" s="52">
         <f>SUM(C16:C24)</f>
         <v>0</v>
       </c>
-      <c r="D25" s="71">
+      <c r="D25" s="53">
         <f>SUM(D$16:D$24)</f>
         <v>0</v>
       </c>
-      <c r="E25" s="80">
-[...20 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="E25" s="62">
+        <f t="shared" ref="E25:J25" si="1">SUM(E$16:E$24)</f>
+        <v>0</v>
+      </c>
+      <c r="F25" s="63">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G25" s="63">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="H25" s="63">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I25" s="63">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="53">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
     </row>
     <row r="26" spans="1:13" s="17" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="8"/>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="8"/>
     </row>
     <row r="27" spans="1:13" s="17" customFormat="1" ht="24.5" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A27" s="82" t="s">
-        <v>30</v>
+      <c r="A27" s="64" t="s">
+        <v>29</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
       <c r="H27" s="8"/>
       <c r="I27" s="8"/>
       <c r="J27" s="8"/>
     </row>
     <row r="28" spans="1:13" s="17" customFormat="1" ht="39.5" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="21" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="B28" s="38"/>
+        <v>28</v>
+      </c>
+      <c r="B28" s="37"/>
       <c r="C28" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D28" s="40"/>
+      <c r="E28" s="40"/>
+      <c r="F28" s="40"/>
+      <c r="G28" s="40"/>
+      <c r="H28" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D28" s="41"/>
-[...7 lines deleted...]
-      <c r="J28" s="42"/>
+      <c r="I28" s="77"/>
+      <c r="J28" s="77"/>
     </row>
     <row r="29" spans="1:13" s="17" customFormat="1" ht="24.5" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="6"/>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
-      <c r="I29" s="40"/>
-      <c r="J29" s="40"/>
+      <c r="I29" s="39"/>
+      <c r="J29" s="39"/>
     </row>
     <row r="30" spans="1:13" s="17" customFormat="1" ht="24.5" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="21" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B30" s="39"/>
+        <v>27</v>
+      </c>
+      <c r="B30" s="38"/>
       <c r="C30" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D30" s="40"/>
+      <c r="E30" s="40"/>
+      <c r="F30" s="40"/>
+      <c r="G30" s="40"/>
+      <c r="H30" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D30" s="41"/>
-[...7 lines deleted...]
-      <c r="J30" s="42"/>
+      <c r="I30" s="77"/>
+      <c r="J30" s="77"/>
     </row>
     <row r="31" spans="1:13" s="17" customFormat="1" ht="24.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A31" s="3"/>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="2"/>
       <c r="J31" s="1"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="2"/>
     </row>
     <row r="32" spans="1:13" ht="15.5" x14ac:dyDescent="0.4">
       <c r="A32" s="9" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="9:9" ht="15.5" x14ac:dyDescent="0.4">
       <c r="I34" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="12">
+    <mergeCell ref="I28:J28"/>
+    <mergeCell ref="I30:J30"/>
+    <mergeCell ref="G7:J7"/>
+    <mergeCell ref="J13:J14"/>
+    <mergeCell ref="H13:H14"/>
+    <mergeCell ref="G8:J8"/>
     <mergeCell ref="F13:F14"/>
     <mergeCell ref="G12:G14"/>
     <mergeCell ref="I12:I14"/>
     <mergeCell ref="E12:E14"/>
     <mergeCell ref="C12:C15"/>
     <mergeCell ref="D12:D13"/>
-    <mergeCell ref="I28:J28"/>
-[...4 lines deleted...]
-    <mergeCell ref="G8:J8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.3" right="0.15" top="0.25" bottom="0.35" header="0.25" footer="0.25"/>
   <pageSetup scale="61" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>